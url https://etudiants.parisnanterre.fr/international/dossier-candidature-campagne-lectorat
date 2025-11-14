--- v0 (2025-10-04)
+++ v1 (2025-11-14)
@@ -10,51 +10,51 @@
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="5B763086" w14:textId="77777777" w:rsidR="00E05E8F" w:rsidRDefault="00000000">
       <w:pPr>
         <w:keepNext/>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:ind w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
@@ -324,89 +324,119 @@
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:ind w:left="3" w:hanging="3"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:smallCaps/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:smallCaps/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>CANDIDATURE À UN POSTE DE LECTEUR/RICE DANS UNE UNIVERSITÉ ANGLOPHONE PARTENAIRE DE NANTERRE</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="596CC2D4" w14:textId="77777777" w:rsidR="00E05E8F" w:rsidRDefault="00000000">
+    <w:p w14:paraId="596CC2D4" w14:textId="433B7D61" w:rsidR="00E05E8F" w:rsidRDefault="00000000">
       <w:pPr>
         <w:keepNext/>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:ind w:left="3" w:hanging="3"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:smallCaps/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:smallCaps/>
           <w:sz w:val="38"/>
           <w:szCs w:val="38"/>
         </w:rPr>
         <w:t>année universitaire</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:smallCaps/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 2025-2026</w:t>
+        <w:t xml:space="preserve"> 202</w:t>
+      </w:r>
+      <w:r w:rsidR="00F74759">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:smallCaps/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:smallCaps/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>-202</w:t>
+      </w:r>
+      <w:r w:rsidR="00F74759">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:smallCaps/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>7</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3C7B29F0" w14:textId="77777777" w:rsidR="00E05E8F" w:rsidRDefault="00E05E8F">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5C04BDBE" w14:textId="77777777" w:rsidR="00E05E8F" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="000000"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="000000"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="000000"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="000000"/>
         </w:pBdr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFF00"/>
         <w:ind w:left="3" w:hanging="3"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="1155CC"/>
@@ -435,291 +465,306 @@
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="60783E1B" w14:textId="77777777" w:rsidR="00E05E8F" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="000000"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="000000"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="000000"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="000000"/>
         </w:pBdr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:hanging="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
         <w:t>Nom :</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7FF3869E" w14:textId="77777777" w:rsidR="00E05E8F" w:rsidRDefault="00000000">
+    <w:p w14:paraId="3C80626B" w14:textId="5F3579F5" w:rsidR="00E05E8F" w:rsidRDefault="00000000" w:rsidP="00F54477">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="000000"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="000000"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="000000"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="000000"/>
         </w:pBdr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:hanging="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
-        <w:t xml:space="preserve">Prénom : </w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="3C80626B" w14:textId="77777777" w:rsidR="00E05E8F" w:rsidRDefault="00000000">
+        <w:t xml:space="preserve">Prénom :  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="244C88DA" w14:textId="77777777" w:rsidR="00E05E8F" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="000000"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="000000"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="000000"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="000000"/>
         </w:pBdr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:hanging="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
-        <w:t xml:space="preserve">Sexe : </w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="244C88DA" w14:textId="77777777" w:rsidR="00E05E8F" w:rsidRDefault="00000000">
+        <w:t xml:space="preserve">Date de naissance : </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="272ACED7" w14:textId="77777777" w:rsidR="00E05E8F" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="000000"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="000000"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="000000"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="000000"/>
         </w:pBdr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:hanging="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
-        <w:t xml:space="preserve">Date de naissance : </w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="272ACED7" w14:textId="77777777" w:rsidR="00E05E8F" w:rsidRDefault="00000000">
+        <w:t xml:space="preserve">Lieu de naissance : </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="304DD810" w14:textId="77777777" w:rsidR="00E05E8F" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="000000"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="000000"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="000000"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="000000"/>
         </w:pBdr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:hanging="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...7 lines deleted...]
-    <w:p w14:paraId="304DD810" w14:textId="77777777" w:rsidR="00E05E8F" w:rsidRDefault="00000000">
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>Nationalité.s</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> : </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="35669C01" w14:textId="77777777" w:rsidR="00E05E8F" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="000000"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="000000"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="000000"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="000000"/>
         </w:pBdr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:hanging="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
-        <w:t xml:space="preserve">Nationalité.s : </w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="35669C01" w14:textId="77777777" w:rsidR="00E05E8F" w:rsidRDefault="00000000">
+        <w:t xml:space="preserve">Numéro étudiant : </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3C7BA310" w14:textId="77777777" w:rsidR="00E05E8F" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="000000"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="000000"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="000000"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="000000"/>
         </w:pBdr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:hanging="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
-        <w:t xml:space="preserve">Numéro étudiant : </w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="3C7BA310" w14:textId="77777777" w:rsidR="00E05E8F" w:rsidRDefault="00000000">
+        <w:t>Adresse actuelle :</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6E2B6856" w14:textId="77777777" w:rsidR="00E05E8F" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="000000"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="000000"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="000000"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="000000"/>
         </w:pBdr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:hanging="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
-        <w:t>Adresse actuelle :</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="6E2B6856" w14:textId="77777777" w:rsidR="00E05E8F" w:rsidRDefault="00000000">
+        <w:t xml:space="preserve">Adresse permanente (parentale par exemple) : </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="124EAF0B" w14:textId="77777777" w:rsidR="00E05E8F" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="000000"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="000000"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="000000"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="000000"/>
         </w:pBdr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:hanging="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
-        <w:t xml:space="preserve">Adresse permanente (parentale par exemple) : </w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="124EAF0B" w14:textId="77777777" w:rsidR="00E05E8F" w:rsidRDefault="00000000">
+        <w:t xml:space="preserve">Téléphone de contact : </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6F9DFFF3" w14:textId="544D4A37" w:rsidR="00E05E8F" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="000000"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="000000"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="000000"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="000000"/>
         </w:pBdr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:hanging="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-        </w:rPr>
-[...9 lines deleted...]
-    <w:p w14:paraId="6F9DFFF3" w14:textId="77777777" w:rsidR="00E05E8F" w:rsidRDefault="00000000">
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>Adresse mail universitaire</w:t>
+      </w:r>
+      <w:r w:rsidR="009D5AFD">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1B710E02" w14:textId="34250968" w:rsidR="00E05E8F" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="000000"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="000000"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="000000"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="000000"/>
         </w:pBdr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:hanging="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:b/>
-[...29 lines deleted...]
-        <w:t>Adresse mail personnelle:</w:t>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>Adresse mail personnelle</w:t>
+      </w:r>
+      <w:r w:rsidR="009D5AFD">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5B331873" w14:textId="77777777" w:rsidR="00E05E8F" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="000000"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="000000"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="000000"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="000000"/>
         </w:pBdr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:hanging="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t>Contact en cas d’URGENCE</w:t>
       </w:r>
@@ -849,51 +894,67 @@
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="52D14F5D" w14:textId="77777777" w:rsidR="00E05E8F" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="000000"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="000000"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="000000"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="000000"/>
         </w:pBdr>
         <w:ind w:hanging="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
-        <w:t xml:space="preserve">Actuellement inscrit·e en: </w:t>
+        <w:t xml:space="preserve">Actuellement </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>inscrit·e</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> en: </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="42DE8910" w14:textId="77777777" w:rsidR="00E05E8F" w:rsidRDefault="00E05E8F">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="000000"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="000000"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="000000"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="000000"/>
         </w:pBdr>
         <w:ind w:hanging="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6E3D0254" w14:textId="77777777" w:rsidR="00E05E8F" w:rsidRDefault="00E05E8F">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="000000"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="000000"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="000000"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="000000"/>
         </w:pBdr>
@@ -1143,51 +1204,65 @@
         <w:t>Si vous êtes en M1 ou M2</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0B111209" w14:textId="77777777" w:rsidR="00E05E8F" w:rsidRDefault="00000000">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="000000"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="000000"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="000000"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="000000"/>
         </w:pBdr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:left="0" w:hanging="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
-        <w:t>titre du mémoire et nom du directeur.ice de recherche:</w:t>
+        <w:t xml:space="preserve">titre du mémoire et nom du </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>directeur.ice</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de recherche:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="28EDA176" w14:textId="77777777" w:rsidR="00E05E8F" w:rsidRDefault="00E05E8F">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="000000"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="000000"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="000000"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="000000"/>
         </w:pBdr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:hanging="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3F57FC91" w14:textId="77777777" w:rsidR="00E05E8F" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="000000"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="000000"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="000000"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="000000"/>
         </w:pBdr>
@@ -1205,51 +1280,65 @@
         <w:t>Si vous êtes en doctorat</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2D811234" w14:textId="77777777" w:rsidR="00E05E8F" w:rsidRDefault="00000000">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="000000"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="000000"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="000000"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="000000"/>
         </w:pBdr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:left="0" w:hanging="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
-        <w:t>titre de la thèse et nom de la directeur.ice de recherche :</w:t>
+        <w:t xml:space="preserve">titre de la thèse et nom de la </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>directeur.ice</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de recherche :</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4BA43253" w14:textId="77777777" w:rsidR="00E05E8F" w:rsidRDefault="00E05E8F">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="000000"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="000000"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="000000"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="000000"/>
         </w:pBdr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:hanging="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="752B8765" w14:textId="77777777" w:rsidR="00E05E8F" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="000000"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="000000"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="000000"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="000000"/>
@@ -1429,56 +1518,65 @@
     </w:p>
     <w:p w14:paraId="5ED539DE" w14:textId="77777777" w:rsidR="00E05E8F" w:rsidRDefault="00E05E8F">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:hanging="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3519D164" w14:textId="77777777" w:rsidR="00E05E8F" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="000000"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="000000"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="000000"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="000000"/>
         </w:pBdr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:hanging="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...4 lines deleted...]
-        <w:t xml:space="preserve">Expérience.s d'enseignement (quand, où, disciplines enseignées) : </w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>Expérience.s</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> d'enseignement (quand, où, disciplines enseignées) : </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3A82B7B4" w14:textId="77777777" w:rsidR="00E05E8F" w:rsidRDefault="00E05E8F">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="000000"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="000000"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="000000"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="000000"/>
         </w:pBdr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:hanging="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="43CE4E14" w14:textId="77777777" w:rsidR="00E05E8F" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="000000"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="000000"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="000000"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="000000"/>
         </w:pBdr>
@@ -1920,51 +2018,51 @@
     <w:p w14:paraId="0E05A793" w14:textId="05FEBC10" w:rsidR="003246CB" w:rsidRDefault="003246CB" w:rsidP="001C028E">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:before="280" w:after="280"/>
         <w:ind w:hanging="2"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Etats-Unis :</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3395F3D7" w14:textId="54E9B655" w:rsidR="003246CB" w:rsidRPr="001C028E" w:rsidRDefault="003246CB" w:rsidP="003246CB">
+    <w:p w14:paraId="3395F3D7" w14:textId="49469519" w:rsidR="003246CB" w:rsidRPr="001C028E" w:rsidRDefault="003246CB" w:rsidP="003246CB">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:before="280" w:after="280"/>
         <w:ind w:hanging="2"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
           <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251666432" behindDoc="0" locked="0" layoutInCell="1" hidden="0" allowOverlap="1" wp14:anchorId="2DBA67C5" wp14:editId="539F4D04">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>4911922</wp:posOffset>
@@ -1995,74 +2093,116 @@
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1410410" cy="318052"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln/>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
             <wp14:sizeRelH relativeFrom="margin">
               <wp14:pctWidth>0</wp14:pctWidth>
             </wp14:sizeRelH>
             <wp14:sizeRelV relativeFrom="margin">
               <wp14:pctHeight>0</wp14:pctHeight>
             </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
       <w:r w:rsidRPr="001C028E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
-        <w:t xml:space="preserve">1.Indiana University, </w:t>
-      </w:r>
+        <w:t xml:space="preserve">1.Indiana </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="001C028E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>University</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001C028E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001C028E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Bloomington (Bloomington, Indiana</w:t>
       </w:r>
       <w:r w:rsidRPr="001C028E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>, États-Unis)</w:t>
       </w:r>
       <w:r w:rsidRPr="001C028E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (1 poste) </w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="1AB85C52" w14:textId="2504B924" w:rsidR="003246CB" w:rsidRPr="001C028E" w:rsidRDefault="003246CB" w:rsidP="003246CB">
+        <w:t xml:space="preserve"> (1</w:t>
+      </w:r>
+      <w:r w:rsidR="00F74759">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> à 2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001C028E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> poste</w:t>
+      </w:r>
+      <w:r w:rsidR="00F74759">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001C028E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1AB85C52" w14:textId="6FF8C1C2" w:rsidR="003246CB" w:rsidRPr="001C028E" w:rsidRDefault="003246CB" w:rsidP="003246CB">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:before="280" w:after="280"/>
         <w:ind w:hanging="2"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
           <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251668480" behindDoc="0" locked="0" layoutInCell="1" hidden="0" allowOverlap="1" wp14:anchorId="346D61D6" wp14:editId="4C2F0F2A">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>5020681</wp:posOffset>
@@ -2089,309 +2229,243 @@
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="888008" cy="303715"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln/>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
             <wp14:sizeRelH relativeFrom="margin">
               <wp14:pctWidth>0</wp14:pctWidth>
             </wp14:sizeRelH>
             <wp14:sizeRelV relativeFrom="margin">
               <wp14:pctHeight>0</wp14:pctHeight>
             </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
+      <w:r w:rsidR="00F74759">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="001C028E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve">2 et </w:t>
-[...7 lines deleted...]
-      </w:r>
+        <w:t>University</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="001C028E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t>University of Missouri (Columbia, Missouri,</w:t>
+        <w:t xml:space="preserve"> of Missouri (Columbia, Missouri,</w:t>
       </w:r>
       <w:r w:rsidRPr="001C028E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> États-Unis)</w:t>
       </w:r>
       <w:r w:rsidRPr="001C028E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (2 postes) </w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="665BB87B" w14:textId="370816A8" w:rsidR="003246CB" w:rsidRPr="001C028E" w:rsidRDefault="003246CB" w:rsidP="003246CB">
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r w:rsidR="00F74759">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>1 à 2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001C028E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> postes) </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="665BB87B" w14:textId="13D44E79" w:rsidR="003246CB" w:rsidRPr="001C028E" w:rsidRDefault="003246CB" w:rsidP="00F74759">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:before="280" w:after="280"/>
-        <w:ind w:hanging="2"/>
+        <w:ind w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...55 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="001C028E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">4. </w:t>
-[...32 lines deleted...]
-    <w:p w14:paraId="17C4EF7E" w14:textId="5ED218AC" w:rsidR="003246CB" w:rsidRDefault="003246CB" w:rsidP="003246CB">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="17C4EF7E" w14:textId="5ED218AC" w:rsidR="003246CB" w:rsidRDefault="003246CB" w:rsidP="00F74759">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:before="280" w:after="280"/>
-        <w:ind w:hanging="2"/>
+        <w:ind w:left="-2" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:br/>
-      </w:r>
-[...5 lines deleted...]
-        </w:rPr>
         <w:t>Canada:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="79248205" w14:textId="3D095613" w:rsidR="003246CB" w:rsidRPr="001C028E" w:rsidRDefault="003246CB" w:rsidP="003246CB">
+    <w:p w14:paraId="79248205" w14:textId="606B5C3E" w:rsidR="003246CB" w:rsidRPr="001C028E" w:rsidRDefault="003246CB" w:rsidP="003246CB">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:before="280" w:after="280"/>
         <w:ind w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
           <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251670528" behindDoc="0" locked="0" layoutInCell="1" hidden="0" allowOverlap="1" wp14:anchorId="089D0470" wp14:editId="02F4D3CB">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>4963886</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>87</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="839994" cy="454025"/>
             <wp:effectExtent l="0" t="0" r="0" b="3175"/>
             <wp:wrapNone/>
             <wp:docPr id="12" name="image2.png" descr="A logo of a university&#10;&#10;Description automatically generated"/>
             <wp:cNvGraphicFramePr/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="image2.png" descr="A logo of a university&#10;&#10;Description automatically generated"/>
                     <pic:cNvPicPr preferRelativeResize="0"/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId12"/>
+                    <a:blip r:embed="rId11"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="850359" cy="459628"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln/>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
             <wp14:sizeRelH relativeFrom="margin">
               <wp14:pctWidth>0</wp14:pctWidth>
             </wp14:sizeRelH>
             <wp14:sizeRelV relativeFrom="margin">
               <wp14:pctHeight>0</wp14:pctHeight>
             </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00F74759">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">5. </w:t>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidRPr="001C028E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">McMaster University (Hamilton, </w:t>
       </w:r>
       <w:r w:rsidRPr="001C028E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Ontario</w:t>
       </w:r>
       <w:r w:rsidRPr="001C028E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>, Canada) (1</w:t>
       </w:r>
       <w:r w:rsidRPr="001C028E">
@@ -2407,324 +2481,308 @@
           <w:color w:val="000000"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">poste) </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5D379F46" w14:textId="638EA0FD" w:rsidR="003246CB" w:rsidRPr="003246CB" w:rsidRDefault="003246CB" w:rsidP="003246CB">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:before="280" w:after="280"/>
         <w:ind w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="44EAD378" w14:textId="79C14756" w:rsidR="003246CB" w:rsidRPr="003246CB" w:rsidRDefault="001C028E" w:rsidP="003246CB">
+    <w:p w14:paraId="44EAD378" w14:textId="1519CEA7" w:rsidR="003246CB" w:rsidRPr="003246CB" w:rsidRDefault="001C028E" w:rsidP="003246CB">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:before="280" w:after="280"/>
         <w:ind w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
           <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251663360" behindDoc="0" locked="0" layoutInCell="1" hidden="0" allowOverlap="1" wp14:anchorId="0EE1F498" wp14:editId="01B642B0">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>5123842</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>420019</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="630425" cy="368687"/>
             <wp:effectExtent l="0" t="0" r="5080" b="0"/>
             <wp:wrapNone/>
             <wp:docPr id="14" name="image3.png" descr="A red sign with white text&#10;&#10;Description automatically generated"/>
             <wp:cNvGraphicFramePr/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="image3.png" descr="A red sign with white text&#10;&#10;Description automatically generated"/>
                     <pic:cNvPicPr preferRelativeResize="0"/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId13"/>
+                    <a:blip r:embed="rId12"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="630425" cy="368687"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln/>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
             <wp14:sizeRelH relativeFrom="margin">
               <wp14:pctWidth>0</wp14:pctWidth>
             </wp14:sizeRelH>
             <wp14:sizeRelV relativeFrom="margin">
               <wp14:pctHeight>0</wp14:pctHeight>
             </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">Royaume-Uni : </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:r w:rsidR="003246CB">
-[...66 lines deleted...]
-    <w:p w14:paraId="22D0BC26" w14:textId="056DC5ED" w:rsidR="00E05E8F" w:rsidRPr="003246CB" w:rsidRDefault="003246CB" w:rsidP="003246CB">
+    </w:p>
+    <w:p w14:paraId="22D0BC26" w14:textId="59E84C99" w:rsidR="00E05E8F" w:rsidRPr="003246CB" w:rsidRDefault="00F74759" w:rsidP="003246CB">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:before="280" w:after="280"/>
         <w:ind w:hanging="2"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve">7. </w:t>
-[...8 lines deleted...]
-      <w:r w:rsidR="00000000" w:rsidRPr="001C028E">
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidR="003246CB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="003246CB" w:rsidRPr="001C028E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>King's</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="003246CB" w:rsidRPr="001C028E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="003246CB" w:rsidRPr="001C028E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>College</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="003246CB" w:rsidRPr="001C028E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> London, </w:t>
+      </w:r>
+      <w:r w:rsidR="003246CB" w:rsidRPr="001C028E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">(Londres, Royaume-Uni) </w:t>
       </w:r>
-      <w:r w:rsidR="00000000" w:rsidRPr="001C028E">
+      <w:r w:rsidR="003246CB" w:rsidRPr="001C028E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">(1 poste) </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3CCEB088" w14:textId="77777777" w:rsidR="00E05E8F" w:rsidRPr="003246CB" w:rsidRDefault="00E05E8F">
       <w:pPr>
         <w:ind w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
           <w:highlight w:val="green"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="60572A1F" w14:textId="4EE125A1" w:rsidR="00E05E8F" w:rsidRPr="003246CB" w:rsidRDefault="00E05E8F">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0AF7C381" w14:textId="77777777" w:rsidR="00E05E8F" w:rsidRDefault="00000000">
       <w:pPr>
         <w:ind w:hanging="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
-        <w:t>Pour quel(s) poste(s) vous portez-vous candidat·e? Indiquez vos choix par ordre de préférence.</w:t>
+        <w:t xml:space="preserve">Pour quel(s) poste(s) vous portez-vous </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>candidat·e</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>? Indiquez vos choix par ordre de préférence.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
         <w:br/>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Grilledutableau"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="988"/>
         <w:gridCol w:w="8028"/>
       </w:tblGrid>
       <w:tr w:rsidR="003246CB" w14:paraId="36C03C86" w14:textId="77777777" w:rsidTr="003246CB">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="988" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2E83D55E" w14:textId="37E03063" w:rsidR="003246CB" w:rsidRDefault="003246CB" w:rsidP="003246CB">
             <w:pPr>
               <w:spacing w:line="480" w:lineRule="auto"/>
               <w:ind w:firstLine="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
               <w:t>Voeu</w:t>
             </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8028" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="129D472D" w14:textId="66BA8395" w:rsidR="003246CB" w:rsidRDefault="003246CB" w:rsidP="003246CB">
             <w:pPr>
               <w:spacing w:line="480" w:lineRule="auto"/>
               <w:ind w:firstLine="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
               <w:t>Nom de l’université</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
@@ -2863,939 +2921,53 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8028" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="06FF6DFC" w14:textId="77777777" w:rsidR="003246CB" w:rsidRPr="003246CB" w:rsidRDefault="003246CB" w:rsidP="003246CB">
             <w:pPr>
               <w:spacing w:line="480" w:lineRule="auto"/>
               <w:ind w:firstLine="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="13093916" w14:textId="30EFFC1B" w:rsidR="003246CB" w:rsidRDefault="003246CB" w:rsidP="003246CB">
-[...1 lines deleted...]
-        <w:spacing w:line="480" w:lineRule="auto"/>
+    <w:p w14:paraId="3228E17B" w14:textId="77777777" w:rsidR="00430218" w:rsidRDefault="00430218" w:rsidP="00F74759">
+      <w:pPr>
         <w:ind w:firstLine="0"/>
-        <w:rPr>
-[...883 lines deleted...]
-        <w:ind w:hanging="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:highlight w:val="green"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4A02E93F" w14:textId="6642DCFE" w:rsidR="00ED6A90" w:rsidRDefault="00ED6A90">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:highlight w:val="green"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:highlight w:val="green"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="2E24EB9E" w14:textId="77777777" w:rsidR="00E05E8F" w:rsidRDefault="00E05E8F">
@@ -3888,80 +3060,106 @@
     <w:p w14:paraId="076AE7C4" w14:textId="77777777" w:rsidR="00E05E8F" w:rsidRDefault="00000000">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve">Une lettre de motivation pour le poste de lecteur·rice (en français ou en anglais) </w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="52FA1256" w14:textId="1839DF11" w:rsidR="00E05E8F" w:rsidRPr="00430218" w:rsidRDefault="00000000" w:rsidP="00430218">
+        <w:t xml:space="preserve">Une lettre de motivation pour le poste de </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>lecteur·rice</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (en français ou en anglais) </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="52FA1256" w14:textId="4E34C011" w:rsidR="00E05E8F" w:rsidRPr="00430218" w:rsidRDefault="00000000" w:rsidP="00430218">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Une lettre de recommandation (en français ou en anglais) </w:t>
       </w:r>
+      <w:r w:rsidR="00F74759">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(de préférence </w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="5E9E4B33" w14:textId="47FF4F94" w:rsidR="00E05E8F" w:rsidRDefault="00000000">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
@@ -3980,184 +3178,237 @@
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> pièce d’identité </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="79B7DB2F" w14:textId="77777777" w:rsidR="00E05E8F" w:rsidRDefault="00000000">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:hanging="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1D609D5A" w14:textId="3E6F8A2C" w:rsidR="00E05E8F" w:rsidRDefault="00000000">
+    <w:p w14:paraId="1D609D5A" w14:textId="27ECFD51" w:rsidR="00E05E8F" w:rsidRDefault="00000000">
       <w:pPr>
         <w:ind w:left="2" w:hanging="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:shd w:val="clear" w:color="auto" w:fill="92D050"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">Le dossier de candidature complet et dûment rempli est à envoyer au plus tard le </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">vendredi </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00F74759">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>20</w:t>
+        <w:t>19</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve"> décembre 202</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00F74759">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>4</w:t>
+        <w:t xml:space="preserve">5 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t xml:space="preserve"> à 23h59</w:t>
-[...25 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:t>à 23h59</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> à </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId13" w:history="1">
+        <w:r w:rsidR="00F74759" w:rsidRPr="004B211E">
+          <w:rPr>
+            <w:rStyle w:val="Lienhypertexte"/>
+            <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:b/>
+          </w:rPr>
+          <w:t>ybozhkova@parisnanterre.fr</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="00F74759">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> et </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId14" w:history="1">
+        <w:r w:rsidR="00F54477" w:rsidRPr="004B211E">
+          <w:rPr>
+            <w:rStyle w:val="Lienhypertexte"/>
+            <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:b/>
+          </w:rPr>
+          <w:t>ntoth@parisnanterre.fr</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="00F74759">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">en </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F74759">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">un seul document </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F74759">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
         </w:rPr>
         <w:t>PDF</w:t>
       </w:r>
       <w:r w:rsidR="00430218">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> avec votre nom dans le</w:t>
       </w:r>
       <w:r w:rsidR="00430218" w:rsidRPr="00106025">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve"> titre</w:t>
       </w:r>
       <w:r w:rsidR="00430218">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> du document</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>. Dans l’objet d</w:t>
       </w:r>
       <w:r w:rsidR="00430218">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">u </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">mail, vous préciserez « candidature </w:t>
       </w:r>
       <w:r w:rsidR="00430218">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">au </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
-        <w:t xml:space="preserve">poste de lecteur.rice » et votre nom. </w:t>
+        <w:t xml:space="preserve">poste de </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>lecteur.rice</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> » et votre nom. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1E81422A" w14:textId="77777777" w:rsidR="00E05E8F" w:rsidRDefault="00E05E8F">
       <w:pPr>
         <w:ind w:left="2" w:hanging="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5FD40F23" w14:textId="77777777" w:rsidR="00E05E8F" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="000000"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="000000"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="000000"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="000000"/>
         </w:pBdr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFF00"/>
         <w:ind w:firstLine="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
@@ -4166,302 +3417,350 @@
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="1155CC"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>ENTRETIENS :</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="65558F4C" w14:textId="77777777" w:rsidR="00E05E8F" w:rsidRDefault="00E05E8F">
       <w:pPr>
         <w:ind w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="FF0000"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1E6751CB" w14:textId="3026A903" w:rsidR="00E05E8F" w:rsidRDefault="00430218">
+    <w:p w14:paraId="6657BB52" w14:textId="77777777" w:rsidR="00F74759" w:rsidRDefault="00F74759">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="000000"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="000000"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="000000"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="000000"/>
         </w:pBdr>
         <w:ind w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...27 lines deleted...]
-    <w:p w14:paraId="7CB9A3E5" w14:textId="77777777" w:rsidR="00E05E8F" w:rsidRDefault="00E05E8F">
+    </w:p>
+    <w:p w14:paraId="1E6751CB" w14:textId="4B17AD14" w:rsidR="00E05E8F" w:rsidRDefault="00430218">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="000000"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="000000"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="000000"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="000000"/>
         </w:pBdr>
         <w:ind w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-    <w:p w14:paraId="78D18F82" w14:textId="7D450CFE" w:rsidR="00E05E8F" w:rsidRDefault="00000000">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Des entretiens (en anglais et en français) pourront être organisés par les comités de sélection des universités partenaires et/ou avec un jury de Nanterre. Pour information, les premiers entretiens auront lieu début janvier 202</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7CB9A3E5" w14:textId="77777777" w:rsidR="00E05E8F" w:rsidRDefault="00E05E8F">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="000000"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="000000"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="000000"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="000000"/>
         </w:pBdr>
         <w:ind w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
+    </w:p>
+    <w:p w14:paraId="78D18F82" w14:textId="542733A0" w:rsidR="00E05E8F" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="single" w:sz="4" w:space="1" w:color="000000"/>
+          <w:left w:val="single" w:sz="4" w:space="4" w:color="000000"/>
+          <w:bottom w:val="single" w:sz="4" w:space="1" w:color="000000"/>
+          <w:right w:val="single" w:sz="4" w:space="4" w:color="000000"/>
+        </w:pBdr>
+        <w:ind w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">Il est essentiel de se préparer à cette étape clé de la candidature. Il s’agit d’entretiens professionnels qui visent à sonder vos motivations, votre capacité à vous exprimer de manière claire, fluide et convaincante en français et en anglais, votre </w:t>
       </w:r>
       <w:r w:rsidR="00430218">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>intérêt pour le poste</w:t>
       </w:r>
+      <w:r w:rsidR="00F74759">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">votre capacité à </w:t>
       </w:r>
       <w:r w:rsidR="00430218">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve">proposer des activités linguistiques et culturelles à vos futur·es étudiant·es. Pensez à vous y préparer de manière adéquate et à répondre en temps et en heure aux mails qui vous seront envoyés tout au long de la période de recrutement. </w:t>
+        <w:t xml:space="preserve">proposer des activités linguistiques et culturelles à vos </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00430218">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>futur·es</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00430218">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00430218">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>étudiant·es</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00430218">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Pensez à vous y préparer de manière adéquate et à répondre en temps et en heure aux mails qui vous seront envoyés tout au long de la période de recrutement. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="456770B5" w14:textId="77777777" w:rsidR="00E05E8F" w:rsidRDefault="00E05E8F">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="000000"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="000000"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="000000"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="000000"/>
         </w:pBdr>
         <w:ind w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2C5BA21A" w14:textId="77777777" w:rsidR="00E05E8F" w:rsidRDefault="00E05E8F">
       <w:pPr>
         <w:ind w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
           <w:highlight w:val="green"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="52668AD3" w14:textId="77777777" w:rsidR="00E05E8F" w:rsidRDefault="00E05E8F">
       <w:pPr>
         <w:ind w:firstLine="0"/>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00E05E8F">
       <w:headerReference w:type="even" r:id="rId15"/>
       <w:headerReference w:type="default" r:id="rId16"/>
       <w:footerReference w:type="even" r:id="rId17"/>
       <w:footerReference w:type="default" r:id="rId18"/>
       <w:headerReference w:type="first" r:id="rId19"/>
       <w:footerReference w:type="first" r:id="rId20"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="708" w:footer="708" w:gutter="0"/>
       <w:pgNumType w:start="1"/>
       <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="06B26332" w14:textId="77777777" w:rsidR="006A0410" w:rsidRDefault="006A0410">
+    <w:p w14:paraId="40407A86" w14:textId="77777777" w:rsidR="00E46D0A" w:rsidRDefault="00E46D0A">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="450A14AE" w14:textId="77777777" w:rsidR="006A0410" w:rsidRDefault="006A0410">
+    <w:p w14:paraId="6A84D25A" w14:textId="77777777" w:rsidR="00E46D0A" w:rsidRDefault="00E46D0A">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-    <w:embedRegular r:id="rId1" w:fontKey="{AA0FD959-4321-7545-8AF7-76D2FDE4FBDF}"/>
-    <w:embedBold r:id="rId2" w:fontKey="{4F3E899A-096E-CF48-8D1F-C3C01AE7794A}"/>
+    <w:embedRegular r:id="rId1" w:fontKey="{1E10B428-839E-6848-BD12-D49210437009}"/>
+    <w:embedBold r:id="rId2" w:fontKey="{AAF2A869-EF33-2043-AEC3-D7393C2003DA}"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="decorative"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
-    <w:embedRegular r:id="rId3" w:fontKey="{FF1DD705-8697-6844-86DC-3C08F39D3FED}"/>
+    <w:embedRegular r:id="rId3" w:fontKey="{A7A4AD9A-0D04-BD43-B43A-C4880BE13697}"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-[...2 lines deleted...]
-    <w:embedItalic r:id="rId6" w:fontKey="{9041381C-B65B-BD4B-BE31-4FBF0BB6BA03}"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:embedRegular r:id="rId4" w:fontKey="{C1E716C4-ECC1-B14E-A39F-FFD99182C4C6}"/>
+    <w:embedBold r:id="rId5" w:fontKey="{89F1199C-A877-0C4A-B815-DDA75B36C041}"/>
+    <w:embedItalic r:id="rId6" w:fontKey="{3409C0E2-4BD3-A14A-B883-7FF93868BFA2}"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-    <w:embedRegular r:id="rId7" w:fontKey="{F8E89533-6897-4649-8E27-9E8A650B3781}"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:embedRegular r:id="rId7" w:fontKey="{5F35CC9B-9239-6D4D-8B60-D67811A340C4}"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
-    <w:charset w:val="02"/>
+    <w:charset w:val="4D"/>
     <w:family w:val="decorative"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000003" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000001" w:csb1="00000000"/>
-    <w:embedRegular r:id="rId8" w:fontKey="{E4479FAC-8EA2-9344-B1DC-AEED94EBF75B}"/>
+    <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000001" w:csb1="00000000"/>
+    <w:embedRegular r:id="rId8" w:fontKey="{A3A3B37D-884C-DD4B-82F0-1EEAFA060326}"/>
   </w:font>
   <w:font w:name="Noto Sans">
     <w:panose1 w:val="020B0502040504020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00082FF" w:usb1="400078FF" w:usb2="00000021" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
-    <w:embedRegular r:id="rId9" w:fontKey="{D7048FB8-240D-A54C-BC8E-D479AE673882}"/>
+    <w:embedRegular r:id="rId9" w:fontKey="{B58B0DC6-0EE4-E544-9F33-C7F16548FBB5}"/>
   </w:font>
   <w:font w:name="Georgia">
     <w:panose1 w:val="02040502050405020303"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
-    <w:embedRegular r:id="rId10" w:fontKey="{E32A5F6D-9D24-4C40-8A69-22A581F2CFDA}"/>
-    <w:embedItalic r:id="rId11" w:fontKey="{30809D45-6687-0341-8593-4DB21CC9AF2A}"/>
+    <w:embedRegular r:id="rId10" w:fontKey="{D081FBD3-4231-864D-BA78-843A6D30616A}"/>
+    <w:embedItalic r:id="rId11" w:fontKey="{015EAEE1-B602-CA43-9994-598529EA0B59}"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-    <w:embedRegular r:id="rId12" w:fontKey="{ADB1EFEB-0776-9744-98CE-76E666154233}"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:embedRegular r:id="rId12" w:fontKey="{B343DA7D-4B60-234B-86C7-145BC1C75AD8}"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
-    <w:embedRegular r:id="rId13" w:fontKey="{229F8C28-1F3B-DD46-B12E-82E316D8552B}"/>
+    <w:embedRegular r:id="rId13" w:fontKey="{CFD94186-1D36-4F49-AF74-5E070DCE3666}"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:rPr>
         <w:rStyle w:val="Numrodepage"/>
       </w:rPr>
       <w:id w:val="-1312175940"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtContent>
       <w:p w14:paraId="6AC66F88" w14:textId="106DA1CD" w:rsidR="005142DB" w:rsidRDefault="005142DB" w:rsidP="002C23EB">
         <w:pPr>
           <w:pStyle w:val="Pieddepage"/>
           <w:framePr w:wrap="none" w:vAnchor="text" w:hAnchor="margin" w:xAlign="right" w:y="1"/>
           <w:rPr>
             <w:rStyle w:val="Numrodepage"/>
           </w:rPr>
         </w:pPr>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Numrodepage"/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
@@ -4502,51 +3801,51 @@
     </w:pPr>
   </w:p>
   <w:p w14:paraId="480F14E8" w14:textId="77777777" w:rsidR="00E05E8F" w:rsidRDefault="00E05E8F">
     <w:pPr>
       <w:pBdr>
         <w:top w:val="nil"/>
         <w:left w:val="nil"/>
         <w:bottom w:val="nil"/>
         <w:right w:val="nil"/>
         <w:between w:val="nil"/>
       </w:pBdr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4513"/>
         <w:tab w:val="right" w:pos="9026"/>
       </w:tabs>
       <w:ind w:right="360" w:hanging="2"/>
       <w:rPr>
         <w:color w:val="000000"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:rPr>
         <w:rStyle w:val="Numrodepage"/>
       </w:rPr>
       <w:id w:val="132301082"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtContent>
       <w:p w14:paraId="1795CDCB" w14:textId="2E1210A6" w:rsidR="005142DB" w:rsidRDefault="005142DB" w:rsidP="002C23EB">
         <w:pPr>
           <w:pStyle w:val="Pieddepage"/>
           <w:framePr w:wrap="none" w:vAnchor="text" w:hAnchor="margin" w:xAlign="right" w:y="1"/>
           <w:rPr>
             <w:rStyle w:val="Numrodepage"/>
           </w:rPr>
         </w:pPr>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Numrodepage"/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
@@ -4657,94 +3956,94 @@
         <mc:Fallback>
           <w:pict>
             <v:rect w14:anchorId="218F45BB" id="Rectangle 10" o:spid="_x0000_s1026" style="position:absolute;margin-left:453pt;margin-top:5pt;width:56.75pt;height:47.95pt;z-index:251658240;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#13;&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#13;&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#13;&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#13;&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#13;&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#13;&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#13;&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#13;&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#13;&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#13;&#10;IQB+lRQ5vAEAAFkDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8GO2jAQvVfqP1i+lySQAIkIq6orqkqr&#13;&#10;Fmm7H2Acm1hKbNdjSPj7jh12od1b1Ysz9ozevPdmsnkY+46chQNldE2zWUqJ0Nw0Sh9r+vJz92lN&#13;&#10;CXimG9YZLWp6EUAfth8/bAZbiblpTdcIRxBEQzXYmrbe2ypJgLeiZzAzVmhMSuN65vHqjknj2IDo&#13;&#10;fZfM03SZDMY11hkuAPD1cUrSbcSXUnD/Q0oQnnQ1RW4+ni6eh3Am2w2rjo7ZVvErDfYPLHqmNDZ9&#13;&#10;g3pknpGTU++gesWdASP9jJs+MVIqLqIGVJOlf6l5bpkVUQuaA/bNJvh/sPz7+dnuHdowWKgAw6Bi&#13;&#10;lK4PX+RHxprmZVlkywUll5ou8nWR5ovJODF6wrFglWbLVUEJx4JiXZZZEfLJDcg68F+F6UkIaupw&#13;&#10;LtEudn4CP5W+loS+2uxU18XZdPqPB8QML8mNbYj8eBivEg6muewdAct3Cns9MfB75nCmGSUDzrmm&#13;&#10;8OvEnKCk+6bRyDLL58jcx0terFLcEnefOdxnmOatwfXxlEzhFx+XaeL4+eSNVFFPYDVRuZLF+UVH&#13;&#10;rrsWFuT+Hqtuf8T2NwAAAP//AwBQSwMEFAAGAAgAAAAhAKFTZ7PdAAAAEAEAAA8AAABkcnMvZG93&#13;&#10;bnJldi54bWxMTztPwzAQ3pH4D9YhsVE7iFQkjVMhHgMjKQOjGx9JhH2OYqdN/z2XCZZ76Lv7HtV+&#13;&#10;8U6ccIpDIA3ZRoFAaoMdqNPweXi7ewQRkyFrXCDUcMEI+/r6qjKlDWf6wFOTOsEkFEujoU9pLKWM&#13;&#10;bY/exE0YkRj7DpM3idepk3YyZyb3Tt4rtZXeDMQKvRnxucf2p5m9hhGdnd1Do75a+TpRtn0/yEuu&#13;&#10;9e3N8rLj8rQDkXBJfx+wZmD/ULOxY5jJRuE0FGrLgRIDivt6oLIiB3Fcp7wAWVfyf5D6FwAA//8D&#13;&#10;AFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9U&#13;&#10;eXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9y&#13;&#10;ZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAH6VFDm8AQAAWQMAAA4AAAAAAAAAAAAAAAAALgIAAGRy&#13;&#10;cy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAKFTZ7PdAAAAEAEAAA8AAAAAAAAAAAAAAAAAFgQA&#13;&#10;AGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAAgBQAAAAA=&#13;&#10;" filled="f" stroked="f">
               <v:textbox inset="2.53958mm,1.2694mm,2.53958mm,1.2694mm">
                 <w:txbxContent>
                   <w:p w14:paraId="1E927268" w14:textId="14617A05" w:rsidR="00E05E8F" w:rsidRDefault="00E05E8F">
                     <w:pPr>
                       <w:ind w:left="5" w:firstLine="3"/>
                       <w:jc w:val="right"/>
                       <w:textDirection w:val="btLr"/>
                     </w:pPr>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap type="square"/>
             </v:rect>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="23A83034" w14:textId="77777777" w:rsidR="00E05E8F" w:rsidRDefault="00E05E8F">
     <w:pPr>
       <w:pBdr>
         <w:top w:val="nil"/>
         <w:left w:val="nil"/>
         <w:bottom w:val="nil"/>
         <w:right w:val="nil"/>
         <w:between w:val="nil"/>
       </w:pBdr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4513"/>
         <w:tab w:val="right" w:pos="9026"/>
       </w:tabs>
       <w:ind w:hanging="2"/>
       <w:rPr>
         <w:color w:val="000000"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="0835B816" w14:textId="77777777" w:rsidR="006A0410" w:rsidRDefault="006A0410">
+    <w:p w14:paraId="6620EDB4" w14:textId="77777777" w:rsidR="00E46D0A" w:rsidRDefault="00E46D0A">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="33D09CA1" w14:textId="77777777" w:rsidR="006A0410" w:rsidRDefault="006A0410">
+    <w:p w14:paraId="36028A77" w14:textId="77777777" w:rsidR="00E46D0A" w:rsidRDefault="00E46D0A">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:rPr>
         <w:rStyle w:val="Numrodepage"/>
       </w:rPr>
       <w:id w:val="1236283560"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Top of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtContent>
       <w:p w14:paraId="1058B54A" w14:textId="5AA5C736" w:rsidR="005142DB" w:rsidRDefault="005142DB" w:rsidP="002C23EB">
         <w:pPr>
           <w:pStyle w:val="En-tte"/>
           <w:framePr w:wrap="none" w:vAnchor="text" w:hAnchor="margin" w:xAlign="right" w:y="1"/>
           <w:rPr>
             <w:rStyle w:val="Numrodepage"/>
           </w:rPr>
         </w:pPr>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Numrodepage"/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
@@ -4765,109 +4064,109 @@
     </w:sdtContent>
   </w:sdt>
   <w:p w14:paraId="2645E2A6" w14:textId="77777777" w:rsidR="00E05E8F" w:rsidRDefault="00E05E8F" w:rsidP="005142DB">
     <w:pPr>
       <w:pBdr>
         <w:top w:val="nil"/>
         <w:left w:val="nil"/>
         <w:bottom w:val="nil"/>
         <w:right w:val="nil"/>
         <w:between w:val="nil"/>
       </w:pBdr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4513"/>
         <w:tab w:val="right" w:pos="9026"/>
       </w:tabs>
       <w:ind w:right="360" w:hanging="2"/>
       <w:rPr>
         <w:color w:val="000000"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="7F71ECAD" w14:textId="5AB22641" w:rsidR="005142DB" w:rsidRDefault="005142DB" w:rsidP="005142DB">
     <w:pPr>
       <w:pStyle w:val="En-tte"/>
       <w:framePr w:wrap="none" w:vAnchor="text" w:hAnchor="margin" w:xAlign="right" w:y="1"/>
       <w:ind w:firstLine="0"/>
       <w:rPr>
         <w:rStyle w:val="Numrodepage"/>
       </w:rPr>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="4EF6DC58" w14:textId="77777777" w:rsidR="00E05E8F" w:rsidRDefault="00E05E8F" w:rsidP="005142DB">
     <w:pPr>
       <w:pBdr>
         <w:top w:val="nil"/>
         <w:left w:val="nil"/>
         <w:bottom w:val="nil"/>
         <w:right w:val="nil"/>
         <w:between w:val="nil"/>
       </w:pBdr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4513"/>
         <w:tab w:val="right" w:pos="9026"/>
       </w:tabs>
       <w:ind w:right="360" w:hanging="2"/>
       <w:rPr>
         <w:color w:val="000000"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="55CD484A" w14:textId="77777777" w:rsidR="00E05E8F" w:rsidRDefault="00E05E8F">
     <w:pPr>
       <w:pBdr>
         <w:top w:val="nil"/>
         <w:left w:val="nil"/>
         <w:bottom w:val="nil"/>
         <w:right w:val="nil"/>
         <w:between w:val="nil"/>
       </w:pBdr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4513"/>
         <w:tab w:val="right" w:pos="9026"/>
       </w:tabs>
       <w:ind w:hanging="2"/>
       <w:rPr>
         <w:color w:val="000000"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0D8713E9"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="E8081AF8"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="363" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1083" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -5301,118 +4600,126 @@
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="794638512">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="1529416369">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="671101517">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="1431389293">
     <w:abstractNumId w:val="1"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
-  <w:zoom w:percent="224"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="121"/>
   <w:embedTrueTypeFonts/>
+  <w:proofState w:spelling="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00E05E8F"/>
+    <w:rsid w:val="00030E6D"/>
     <w:rsid w:val="00106025"/>
     <w:rsid w:val="001C028E"/>
     <w:rsid w:val="0022591E"/>
     <w:rsid w:val="003246CB"/>
+    <w:rsid w:val="00382757"/>
     <w:rsid w:val="003F0406"/>
     <w:rsid w:val="00430218"/>
     <w:rsid w:val="005142DB"/>
     <w:rsid w:val="006A0410"/>
+    <w:rsid w:val="006D6065"/>
+    <w:rsid w:val="009D5AFD"/>
     <w:rsid w:val="00E05E8F"/>
+    <w:rsid w:val="00E46D0A"/>
     <w:rsid w:val="00ED6A90"/>
+    <w:rsid w:val="00F54477"/>
+    <w:rsid w:val="00F74759"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="fr-FR"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="78A73A14"/>
   <w15:docId w15:val="{3DFB0CC5-06A6-1F40-990E-755E1B37769E}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:lang w:val="fr-FR" w:eastAsia="fr-FR" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:ind w:hanging="1"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -6048,59 +5355,82 @@
     <w:rsid w:val="005142DB"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Pieddepage">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="PieddepageCar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="005142DB"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4536"/>
         <w:tab w:val="right" w:pos="9072"/>
       </w:tabs>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="PieddepageCar">
     <w:name w:val="Pied de page Car"/>
     <w:basedOn w:val="Policepardfaut"/>
     <w:link w:val="Pieddepage"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="005142DB"/>
   </w:style>
+  <w:style w:type="character" w:styleId="Lienhypertexte">
+    <w:name w:val="Hyperlink"/>
+    <w:basedOn w:val="Policepardfaut"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00F74759"/>
+    <w:rPr>
+      <w:color w:val="0000FF" w:themeColor="hyperlink"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Mentionnonrsolue">
+    <w:name w:val="Unresolved Mention"/>
+    <w:basedOn w:val="Policepardfaut"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00F74759"/>
+    <w:rPr>
+      <w:color w:val="605E5C"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du"/>
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du"/>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.png"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.png"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image7.png"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ybozhkova@parisnanterre.fr" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.png"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ntoth@parisnanterre.fr" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/fontTable.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font8.odttf"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font13.odttf"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font3.odttf"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font7.odttf"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font12.odttf"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font2.odttf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font1.odttf"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font6.odttf"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font11.odttf"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font5.odttf"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font10.odttf"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font4.odttf"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font9.odttf"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
@@ -6406,65 +5736,65 @@
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <go:gDocsCustomXmlDataStorage xmlns:go="http://customooxmlschemas.google.com/" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" uri="GoogleDocsCustomDataVersion2">
   <go:docsCustomData xmlns:go="http://customooxmlschemas.google.com/" roundtripDataSignature="AMtx7mjx7F5JGRB6xxMLmUr8pNqM2L98xA==">CgMxLjA4AHIhMVQwNXRCX3o5VkFtVjNpMXhPWGpGZF9rV2E1bjdjMWtP</go:docsCustomData>
 </go:gDocsCustomXmlDataStorage>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{11111111-1234-1234-1234-123412341234}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://customooxmlschemas.google.com/"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/relationships"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>6</Pages>
-[...1 lines deleted...]
-  <Characters>3496</Characters>
+  <Pages>5</Pages>
+  <Words>589</Words>
+  <Characters>3245</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>29</Lines>
-  <Paragraphs>8</Paragraphs>
+  <Lines>27</Lines>
+  <Paragraphs>7</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Titre</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>4123</CharactersWithSpaces>
+  <CharactersWithSpaces>3827</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>